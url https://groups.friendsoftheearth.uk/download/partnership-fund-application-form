--- v0 (2025-10-19)
+++ v1 (2026-02-24)
@@ -1064,70 +1064,74 @@
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w:rsidRPr="00B04C78" w:rsidR="009D579C" w:rsidP="009D579C" w:rsidRDefault="009D579C" w14:paraId="5326CE3B" w14:textId="77777777">
       <w:r w:rsidRPr="00B04C78">
         <w:t xml:space="preserve">Sort code: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1446072565"/>
           <w:placeholder>
             <w:docPart w:val="2295A401982C49689B1B536AB8DC3ABF"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00EC7D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00B04C78" w:rsidR="009D579C" w:rsidP="009D579C" w:rsidRDefault="009D579C" w14:paraId="12C2919E" w14:textId="6C97130B">
+    <w:p w:rsidRPr="00B04C78" w:rsidR="009D579C" w:rsidP="009D579C" w:rsidRDefault="009D579C" w14:paraId="12C2919E" w14:textId="37CF13FF">
       <w:r w:rsidR="009D579C">
         <w:rPr/>
         <w:t xml:space="preserve">If you do not have access to a bank account, please notify your regional </w:t>
       </w:r>
       <w:r w:rsidR="62757D04">
         <w:rPr/>
         <w:t xml:space="preserve">or nation </w:t>
       </w:r>
       <w:r w:rsidR="009D579C">
         <w:rPr/>
         <w:t xml:space="preserve">staff </w:t>
       </w:r>
       <w:r w:rsidR="07EFFC96">
         <w:rPr/>
         <w:t xml:space="preserve">member </w:t>
       </w:r>
       <w:r w:rsidR="009D579C">
         <w:rPr/>
-        <w:t>who will help arrange payment by other means such as cash. </w:t>
+        <w:t xml:space="preserve">who will </w:t>
+      </w:r>
+      <w:r w:rsidR="65E180FC">
+        <w:rPr/>
+        <w:t xml:space="preserve">be able to help. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D579C" w:rsidP="009D579C" w:rsidRDefault="009D579C" w14:paraId="4D590841" w14:textId="77777777"/>
     <w:p w:rsidRPr="00477932" w:rsidR="009D579C" w:rsidP="009D579C" w:rsidRDefault="009D579C" w14:paraId="6B9E85BE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidR="009D579C">
         <w:rPr/>
         <w:t>What is your application for?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="203D5224" w:rsidP="41224551" w:rsidRDefault="203D5224" w14:paraId="14CD1DA0" w14:textId="60926262">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Libre Franklin Medium" w:hAnsi="Libre Franklin Medium" w:eastAsia="Libre Franklin Medium" w:cs="Libre Franklin Medium"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
@@ -2687,171 +2691,139 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00DA612D" w:rsidR="00DA612D" w:rsidP="00DA612D" w:rsidRDefault="00DA612D" w14:paraId="4A69ABAA" w14:textId="77777777">
+  <w:p w:rsidR="77BD32D4" w:rsidP="77BD32D4" w:rsidRDefault="77BD32D4" w14:paraId="153D293F" w14:textId="6C92D015">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
-      <w:jc w:val="center"/>
+      <w:spacing w:before="210" w:beforeAutospacing="off" w:after="210" w:afterAutospacing="off"/>
+    </w:pPr>
+    <w:r w:rsidRPr="77BD32D4" w:rsidR="77BD32D4">
       <w:rPr>
-        <w:rFonts w:ascii="Libre Franklin" w:hAnsi="Libre Franklin"/>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+        <w:noProof w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
-    </w:pPr>
-    <w:r w:rsidRPr="00C87DAF">
+      <w:t xml:space="preserve">Friends of the Earth Charitable Trust. Registered charity number 281681. Company number 1533942. Registered in England and Wales. Our registered office </w:t>
+    </w:r>
+    <w:r w:rsidRPr="77BD32D4" w:rsidR="77BD32D4">
       <w:rPr>
-        <w:rFonts w:ascii="Libre Franklin" w:hAnsi="Libre Franklin"/>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+        <w:noProof w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>Friends of the Earth Limited | Registered office: 1st Floor, The Printworks, 139 Clapham Road, SW9 0HP</w:t>
+      <w:t>is:</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C87DAF">
+    <w:r w:rsidRPr="77BD32D4" w:rsidR="77BD32D4">
       <w:rPr>
-        <w:rFonts w:ascii="Libre Franklin" w:hAnsi="Libre Franklin"/>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+        <w:noProof w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:br/>
+      <w:t xml:space="preserve"> 1st Floor, The Printworks, 139 Clapham Road, SW9 0HP. </w:t>
     </w:r>
-    <w:r w:rsidRPr="00C87DAF">
+    <w:r w:rsidRPr="77BD32D4" w:rsidR="77BD32D4">
       <w:rPr>
-        <w:rFonts w:ascii="Libre Franklin" w:hAnsi="Libre Franklin"/>
-[...1 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:noProof w:val="0"/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Tel: 020 7490 1555 | friendsoftheearth.uk | Company number: 101235</w:t>
-[...15 lines deleted...]
-      <w:t>, registered in England and Wales.</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:tbl>
-[...59 lines deleted...]
-  <w:p w:rsidR="41224551" w:rsidP="41224551" w:rsidRDefault="41224551" w14:paraId="4EDA2A9F" w14:textId="56B13F9E">
+  <w:p w:rsidR="41224551" w:rsidP="77BD32D4" w:rsidRDefault="41224551" w14:paraId="4EDA2A9F" w14:textId="6F6E442C">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
       <w:bidi w:val="0"/>
+      <w:spacing w:before="210" w:beforeAutospacing="off" w:after="210" w:afterAutospacing="off"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+        <w:noProof w:val="0"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="77BD32D4" w:rsidR="77BD32D4">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+        <w:noProof w:val="0"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Friends of the Earth Charitable Trust. Registered charity number 281681. Company number 1533942. Registered in England and Wales. Our registered office </w:t>
+    </w:r>
+    <w:r w:rsidRPr="77BD32D4" w:rsidR="77BD32D4">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+        <w:noProof w:val="0"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>is:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="77BD32D4" w:rsidR="77BD32D4">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+        <w:noProof w:val="0"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 1st Floor, The Printworks, 139 Clapham Road, SW9 0HP. </w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="009D579C" w:rsidP="00DC471E" w:rsidRDefault="009D579C" w14:paraId="1CBA9C13" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="009D579C" w:rsidP="00DC471E" w:rsidRDefault="009D579C" w14:paraId="790E1251" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w:rsidR="009D579C" w:rsidRDefault="009D579C" w14:paraId="0B5610AC" w14:textId="77777777"/>
   </w:footnote>
 </w:footnotes>
 </file>
@@ -5077,99 +5049,103 @@
     <w:rsid w:val="1A06635B"/>
     <w:rsid w:val="1CA1191A"/>
     <w:rsid w:val="1E7519E5"/>
     <w:rsid w:val="1ED43ECB"/>
     <w:rsid w:val="1F5754DC"/>
     <w:rsid w:val="203D5224"/>
     <w:rsid w:val="20A4508C"/>
     <w:rsid w:val="2128106D"/>
     <w:rsid w:val="2260B2BF"/>
     <w:rsid w:val="23996B93"/>
     <w:rsid w:val="25A03FC7"/>
     <w:rsid w:val="272C9F55"/>
     <w:rsid w:val="2775C387"/>
     <w:rsid w:val="292B1308"/>
     <w:rsid w:val="294E4A55"/>
     <w:rsid w:val="2969B368"/>
     <w:rsid w:val="2C31DB11"/>
     <w:rsid w:val="2C97E865"/>
     <w:rsid w:val="2D4BAFC0"/>
     <w:rsid w:val="2EF6A83B"/>
     <w:rsid w:val="326F713C"/>
     <w:rsid w:val="334902D4"/>
     <w:rsid w:val="3404EE00"/>
     <w:rsid w:val="34214885"/>
     <w:rsid w:val="34962FDB"/>
+    <w:rsid w:val="3749066C"/>
     <w:rsid w:val="385F81B3"/>
     <w:rsid w:val="387BF263"/>
     <w:rsid w:val="3A7C75E7"/>
     <w:rsid w:val="3AF06217"/>
     <w:rsid w:val="3B3F8067"/>
     <w:rsid w:val="3C2E99B0"/>
     <w:rsid w:val="3E764FAC"/>
     <w:rsid w:val="3EE31B3A"/>
     <w:rsid w:val="3F8CADC2"/>
     <w:rsid w:val="40DCAD34"/>
     <w:rsid w:val="41224551"/>
     <w:rsid w:val="422058D8"/>
     <w:rsid w:val="4261FF76"/>
     <w:rsid w:val="42CAF836"/>
     <w:rsid w:val="434117B0"/>
     <w:rsid w:val="43D9D743"/>
     <w:rsid w:val="47F88FBA"/>
     <w:rsid w:val="4843AAC9"/>
     <w:rsid w:val="4D352B9A"/>
     <w:rsid w:val="4E1B38A3"/>
     <w:rsid w:val="4E2C89E9"/>
     <w:rsid w:val="4E692096"/>
     <w:rsid w:val="5107CF16"/>
     <w:rsid w:val="51669D57"/>
     <w:rsid w:val="52BCC54C"/>
     <w:rsid w:val="579BA997"/>
     <w:rsid w:val="57CCDA1E"/>
     <w:rsid w:val="59376B9C"/>
     <w:rsid w:val="59896BF5"/>
     <w:rsid w:val="5B0624D6"/>
     <w:rsid w:val="5C4CEA08"/>
     <w:rsid w:val="5CBEBEF2"/>
     <w:rsid w:val="5D4CC08A"/>
+    <w:rsid w:val="5F3B1DBE"/>
     <w:rsid w:val="5F9393D7"/>
     <w:rsid w:val="62757D04"/>
     <w:rsid w:val="633329E9"/>
     <w:rsid w:val="65A9232E"/>
+    <w:rsid w:val="65E180FC"/>
     <w:rsid w:val="68FDCD8C"/>
     <w:rsid w:val="6B84BFE9"/>
     <w:rsid w:val="6C7B16B9"/>
     <w:rsid w:val="6D422384"/>
     <w:rsid w:val="6DD7F13A"/>
     <w:rsid w:val="6FD12283"/>
     <w:rsid w:val="702C9CA1"/>
     <w:rsid w:val="711AC0AD"/>
     <w:rsid w:val="72E39B66"/>
     <w:rsid w:val="743F6B72"/>
     <w:rsid w:val="75E5A257"/>
     <w:rsid w:val="777D1D60"/>
+    <w:rsid w:val="77BD32D4"/>
     <w:rsid w:val="79D8E013"/>
     <w:rsid w:val="7A0BDF2F"/>
     <w:rsid w:val="7CB2E13F"/>
     <w:rsid w:val="7D224B9A"/>
     <w:rsid w:val="7EE7AAF5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -7670,50 +7646,52 @@
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <FOEStrategyKeywordsTaxHTField0 xmlns="fde13217-2f03-40ca-80f4-28e1f6c715bd">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </FOEStrategyKeywordsTaxHTField0>
     <TaxCatchAll xmlns="fde13217-2f03-40ca-80f4-28e1f6c715bd" xsi:nil="true"/>
     <TaxCatchAllLabel xmlns="fde13217-2f03-40ca-80f4-28e1f6c715bd" xsi:nil="true"/>
     <FOEDocumentTypeTaxHTField0 xmlns="fde13217-2f03-40ca-80f4-28e1f6c715bd">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </FOEDocumentTypeTaxHTField0>
     <_dlc_DocId xmlns="fde13217-2f03-40ca-80f4-28e1f6c715bd">TJQSZSAJ4VUY-1595295654-88856</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="fde13217-2f03-40ca-80f4-28e1f6c715bd">
       <Url>https://foecentral.sharepoint.com/campaignactivism/_layouts/15/DocIdRedir.aspx?ID=TJQSZSAJ4VUY-1595295654-88856</Url>
       <Description>TJQSZSAJ4VUY-1595295654-88856</Description>
     </_dlc_DocIdUrl>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="45db0576-a235-4eff-b4db-f87eb20cf1ac">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
@@ -7738,87 +7716,104 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D72FE172B54E5A4ABCAC992392782E84" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ced1276c0a4ded35de9cd148b1c32caf">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fde13217-2f03-40ca-80f4-28e1f6c715bd" xmlns:ns3="45db0576-a235-4eff-b4db-f87eb20cf1ac" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1b4feffbdfac6303a5f6ce647aa5e55f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D72FE172B54E5A4ABCAC992392782E84" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f77bc53ed28c2b17115b69628e6389de">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="fde13217-2f03-40ca-80f4-28e1f6c715bd" xmlns:ns3="45db0576-a235-4eff-b4db-f87eb20cf1ac" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="63f629491652633fdfac89eda6682ecc" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="fde13217-2f03-40ca-80f4-28e1f6c715bd"/>
     <xsd:import namespace="45db0576-a235-4eff-b4db-f87eb20cf1ac"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:FOEDocumentTypeTaxHTField0" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:FOEStrategyKeywordsTaxHTField0" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="33" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="34" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fde13217-2f03-40ca-80f4-28e1f6c715bd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="FOEDocumentTypeTaxHTField0" ma:index="8" nillable="true" ma:taxonomy="true" ma:internalName="FOEDocumentTypeTaxHTField0" ma:taxonomyFieldName="FOEDocumentType" ma:displayName="Document Type" ma:readOnly="false" ma:fieldId="{84d0d453-8b0d-4dad-9ac0-d2da2d61c4b2}" ma:sspId="865f3089-5274-4a42-b838-d6c0e38cbfc9" ma:termSetId="e1eb8a14-48d4-4b23-b917-9632b4337145" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="9" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:description="" ma:hidden="true" ma:list="{54d8d7b2-b7e3-4331-822f-ac95410d41cf}" ma:internalName="TaxCatchAll" ma:readOnly="false" ma:showField="CatchAllData" ma:web="fde13217-2f03-40ca-80f4-28e1f6c715bd">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="TaxCatchAllLabel" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:description="" ma:hidden="true" ma:list="{54d8d7b2-b7e3-4331-822f-ac95410d41cf}" ma:internalName="TaxCatchAllLabel" ma:readOnly="false" ma:showField="CatchAllDataLabel" ma:web="fde13217-2f03-40ca-80f4-28e1f6c715bd">
       <xsd:complexType>
@@ -8081,90 +8076,75 @@
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D72CF33-3D76-48BF-8C45-2A2801DAB446}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6495629-6178-524E-B1E9-24DADECD800A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF55A505-0B8C-4C96-9B18-247C83BA8A0B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9334BC81-C98D-40A2-AE92-E02E5D8F6CC9}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB1095D6-66DD-4910-B437-BBAB2AE911C9}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>FoE%20Word%20template%202024.dotx</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Maya Metheven</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Maya Metheven</lastModifiedBy>
+  <revision>5</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D72FE172B54E5A4ABCAC992392782E84</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>c2c1da78-89c8-4ef3-bd4c-3ece385c40e1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="FOEDocumentType">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="FOEStrategyKeywords">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>