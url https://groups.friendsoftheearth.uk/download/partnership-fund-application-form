--- v1 (2026-02-24)
+++ v2 (2026-03-16)
@@ -2413,194 +2413,526 @@
       <w:r>
         <w:t>For staff use only</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D579C" w:rsidP="009D579C" w:rsidRDefault="009D579C" w14:paraId="109A697A" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Please complete the table below outlining the total amount to be paid to the group. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6658"/>
         <w:gridCol w:w="2409"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F21268" w:rsidR="009D579C" w:rsidTr="00361BCD" w14:paraId="03F235E3" w14:textId="77777777">
+      <w:tr w:rsidRPr="00F21268" w:rsidR="009D579C" w:rsidTr="3CE18AE4" w14:paraId="03F235E3" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="518"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="5A54A0"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00F21268" w:rsidR="009D579C" w:rsidP="00361BCD" w:rsidRDefault="009D579C" w14:paraId="0ECD1543" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Libre Franklin Black" w:hAnsi="Libre Franklin Black"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Libre Franklin Black" w:hAnsi="Libre Franklin Black"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Description of approved costing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00F21268" w:rsidR="009D579C" w:rsidP="00361BCD" w:rsidRDefault="009D579C" w14:paraId="6CB557B2" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Libre Franklin Black" w:hAnsi="Libre Franklin Black"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Libre Franklin Black" w:hAnsi="Libre Franklin Black"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Amount approved</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D579C" w:rsidTr="00361BCD" w14:paraId="2CC34C50" w14:textId="77777777">
+      <w:tr w:rsidR="009D579C" w:rsidTr="3CE18AE4" w14:paraId="2CC34C50" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="515"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="009D579C" w:rsidP="00361BCD" w:rsidRDefault="009D579C" w14:paraId="7E0A006E" w14:textId="77777777"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="009D579C" w:rsidP="00361BCD" w:rsidRDefault="009D579C" w14:paraId="60BF7A4A" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D579C" w:rsidTr="00361BCD" w14:paraId="12C12B2C" w14:textId="77777777">
+      <w:tr w:rsidR="009D579C" w:rsidTr="3CE18AE4" w14:paraId="12C12B2C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="009D579C" w:rsidP="00361BCD" w:rsidRDefault="009D579C" w14:paraId="5B537453" w14:textId="77777777"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="009D579C" w:rsidP="00361BCD" w:rsidRDefault="009D579C" w14:paraId="2BA27722" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D579C" w:rsidTr="00361BCD" w14:paraId="5197F015" w14:textId="77777777">
+      <w:tr w:rsidR="009D579C" w:rsidTr="3CE18AE4" w14:paraId="5197F015" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="009D579C" w:rsidP="00361BCD" w:rsidRDefault="009D579C" w14:paraId="17A1E5F8" w14:textId="77777777"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="009D579C" w:rsidP="00361BCD" w:rsidRDefault="009D579C" w14:paraId="39000A4D" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D579C" w:rsidTr="00361BCD" w14:paraId="00ACFDDD" w14:textId="77777777">
+      <w:tr w:rsidR="009D579C" w:rsidTr="3CE18AE4" w14:paraId="00ACFDDD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="009D579C" w:rsidP="00361BCD" w:rsidRDefault="009D579C" w14:paraId="4CE233BD" w14:textId="77777777"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="009D579C" w:rsidP="00361BCD" w:rsidRDefault="009D579C" w14:paraId="1CE7B8E5" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D579C" w:rsidTr="00361BCD" w14:paraId="7FF2F843" w14:textId="77777777">
+      <w:tr w:rsidR="009D579C" w:rsidTr="3CE18AE4" w14:paraId="7FF2F843" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="6658" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="009D579C" w:rsidP="00361BCD" w:rsidRDefault="009D579C" w14:paraId="0793C481" w14:textId="77777777">
             <w:r>
               <w:t>Total to deposit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="009D579C" w:rsidP="00361BCD" w:rsidRDefault="009D579C" w14:paraId="4AE64BB3" w14:textId="77777777">
             <w:r>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="005374E6" w:rsidR="009D579C" w:rsidP="009D579C" w:rsidRDefault="009D579C" w14:paraId="272B2FF5" w14:textId="77777777"/>
-    <w:p w:rsidRPr="009D579C" w:rsidR="00C531B5" w:rsidP="009D579C" w:rsidRDefault="00C531B5" w14:paraId="7112E8C3" w14:textId="38F2E30A"/>
+    <w:p w:rsidRPr="005374E6" w:rsidR="009D579C" w:rsidP="3CE18AE4" w:rsidRDefault="009D579C" w14:paraId="5FFF9DC9" w14:textId="6CA1047A">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Libre Franklin Medium" w:hAnsi="Libre Franklin Medium" w:eastAsia="Libre Franklin Medium" w:cs="Libre Franklin Medium"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="1E234D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3CE18AE4" w:rsidR="6C0F320D">
+        <w:rPr>
+          <w:rFonts w:ascii="Libre Franklin Medium" w:hAnsi="Libre Franklin Medium" w:eastAsia="Libre Franklin Medium" w:cs="Libre Franklin Medium"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="1E234D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Please indicate which entity the funding is approved from.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:bidiVisual w:val="0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6"/>
+          <w:left w:val="single" w:sz="6"/>
+          <w:bottom w:val="single" w:sz="6"/>
+          <w:right w:val="single" w:sz="6"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6645"/>
+        <w:gridCol w:w="2400"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="3CE18AE4" w:rsidTr="3CE18AE4" w14:paraId="1836D820">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="6645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6"/>
+              <w:left w:val="single" w:sz="6"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="5A54A0"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="3CE18AE4" w:rsidP="3CE18AE4" w:rsidRDefault="3CE18AE4" w14:paraId="74AD14B2" w14:textId="4BEB0716">
+            <w:pPr>
+              <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Libre Franklin Black" w:hAnsi="Libre Franklin Black" w:eastAsia="Libre Franklin Black" w:cs="Libre Franklin Black"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3CE18AE4" w:rsidR="3CE18AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Libre Franklin Black" w:hAnsi="Libre Franklin Black" w:eastAsia="Libre Franklin Black" w:cs="Libre Franklin Black"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Funding body</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6"/>
+              <w:right w:val="single" w:sz="6"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="3CE18AE4" w:rsidP="3CE18AE4" w:rsidRDefault="3CE18AE4" w14:paraId="199342EE" w14:textId="70754462">
+            <w:pPr>
+              <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Libre Franklin Black" w:hAnsi="Libre Franklin Black" w:eastAsia="Libre Franklin Black" w:cs="Libre Franklin Black"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1E234D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3CE18AE4" w:rsidR="3CE18AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Libre Franklin Black" w:hAnsi="Libre Franklin Black" w:eastAsia="Libre Franklin Black" w:cs="Libre Franklin Black"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1E234D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Indicate Yes/No in boxes below</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="3CE18AE4" w:rsidTr="3CE18AE4" w14:paraId="3612340D">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="6645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="3CE18AE4" w:rsidP="3CE18AE4" w:rsidRDefault="3CE18AE4" w14:paraId="548FB91F" w14:textId="19933252">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Libre Franklin Medium" w:hAnsi="Libre Franklin Medium" w:eastAsia="Libre Franklin Medium" w:cs="Libre Franklin Medium"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1E234D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3CE18AE4" w:rsidR="3CE18AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Libre Franklin Medium" w:hAnsi="Libre Franklin Medium" w:eastAsia="Libre Franklin Medium" w:cs="Libre Franklin Medium"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1E234D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Friends of the Earth Charitable Trust</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="3CE18AE4" w:rsidP="3CE18AE4" w:rsidRDefault="3CE18AE4" w14:paraId="186667E2" w14:textId="326E3287">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Libre Franklin Medium" w:hAnsi="Libre Franklin Medium" w:eastAsia="Libre Franklin Medium" w:cs="Libre Franklin Medium"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1E234D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="3CE18AE4" w:rsidTr="3CE18AE4" w14:paraId="3CE85F3E">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="6645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6"/>
+              <w:bottom w:val="single" w:sz="6"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="3CE18AE4" w:rsidP="3CE18AE4" w:rsidRDefault="3CE18AE4" w14:paraId="7D3E0321" w14:textId="3FC7F897">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Libre Franklin Medium" w:hAnsi="Libre Franklin Medium" w:eastAsia="Libre Franklin Medium" w:cs="Libre Franklin Medium"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1E234D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3CE18AE4" w:rsidR="3CE18AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Libre Franklin Medium" w:hAnsi="Libre Franklin Medium" w:eastAsia="Libre Franklin Medium" w:cs="Libre Franklin Medium"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1E234D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Friends of the Earth Limited</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6"/>
+              <w:right w:val="single" w:sz="6"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="3CE18AE4" w:rsidP="3CE18AE4" w:rsidRDefault="3CE18AE4" w14:paraId="3E0500A6" w14:textId="57F77DFB">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Libre Franklin Medium" w:hAnsi="Libre Franklin Medium" w:eastAsia="Libre Franklin Medium" w:cs="Libre Franklin Medium"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1E234D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidRPr="005374E6" w:rsidR="009D579C" w:rsidP="009D579C" w:rsidRDefault="009D579C" w14:paraId="272B2FF5" w14:textId="4144156A"/>
+    <w:p w:rsidRPr="009D579C" w:rsidR="00C531B5" w:rsidP="009D579C" w:rsidRDefault="00C531B5" w14:paraId="7112E8C3" w14:textId="619014FE"/>
     <w:sectPr w:rsidRPr="009D579C" w:rsidR="00C531B5" w:rsidSect="00A4320E">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
       <w:footerReference w:type="default" r:id="Rc40e9696251844ae"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="009D579C" w:rsidP="00DC471E" w:rsidRDefault="009D579C" w14:paraId="0CAFA91F" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -2691,139 +3023,76 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="77BD32D4" w:rsidP="77BD32D4" w:rsidRDefault="77BD32D4" w14:paraId="153D293F" w14:textId="6C92D015">
+  <w:p w:rsidR="77BD32D4" w:rsidP="4B70EAF2" w:rsidRDefault="77BD32D4" w14:paraId="153D293F" w14:textId="4B3B998F">
     <w:pPr>
       <w:spacing w:before="210" w:beforeAutospacing="off" w:after="210" w:afterAutospacing="off"/>
-    </w:pPr>
-[...30 lines deleted...]
-    <w:r w:rsidRPr="77BD32D4" w:rsidR="77BD32D4">
       <w:rPr>
         <w:noProof w:val="0"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-    </w:r>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:p w:rsidR="41224551" w:rsidP="77BD32D4" w:rsidRDefault="41224551" w14:paraId="4EDA2A9F" w14:textId="6F6E442C">
+  <w:p w:rsidR="41224551" w:rsidP="77BD32D4" w:rsidRDefault="41224551" w14:paraId="4EDA2A9F" w14:textId="078DCC97">
     <w:pPr>
       <w:bidi w:val="0"/>
       <w:spacing w:before="210" w:beforeAutospacing="off" w:after="210" w:afterAutospacing="off"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="77BD32D4" w:rsidR="77BD32D4">
-[...28 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="009D579C" w:rsidP="00DC471E" w:rsidRDefault="009D579C" w14:paraId="1CBA9C13" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="009D579C" w:rsidP="00DC471E" w:rsidRDefault="009D579C" w14:paraId="790E1251" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w:rsidR="009D579C" w:rsidRDefault="009D579C" w14:paraId="0B5610AC" w14:textId="77777777"/>
   </w:footnote>
 </w:footnotes>
 </file>
@@ -5056,85 +5325,89 @@
     <w:rsid w:val="2128106D"/>
     <w:rsid w:val="2260B2BF"/>
     <w:rsid w:val="23996B93"/>
     <w:rsid w:val="25A03FC7"/>
     <w:rsid w:val="272C9F55"/>
     <w:rsid w:val="2775C387"/>
     <w:rsid w:val="292B1308"/>
     <w:rsid w:val="294E4A55"/>
     <w:rsid w:val="2969B368"/>
     <w:rsid w:val="2C31DB11"/>
     <w:rsid w:val="2C97E865"/>
     <w:rsid w:val="2D4BAFC0"/>
     <w:rsid w:val="2EF6A83B"/>
     <w:rsid w:val="326F713C"/>
     <w:rsid w:val="334902D4"/>
     <w:rsid w:val="3404EE00"/>
     <w:rsid w:val="34214885"/>
     <w:rsid w:val="34962FDB"/>
     <w:rsid w:val="3749066C"/>
     <w:rsid w:val="385F81B3"/>
     <w:rsid w:val="387BF263"/>
     <w:rsid w:val="3A7C75E7"/>
     <w:rsid w:val="3AF06217"/>
     <w:rsid w:val="3B3F8067"/>
     <w:rsid w:val="3C2E99B0"/>
+    <w:rsid w:val="3CE18AE4"/>
     <w:rsid w:val="3E764FAC"/>
     <w:rsid w:val="3EE31B3A"/>
     <w:rsid w:val="3F8CADC2"/>
     <w:rsid w:val="40DCAD34"/>
     <w:rsid w:val="41224551"/>
     <w:rsid w:val="422058D8"/>
     <w:rsid w:val="4261FF76"/>
     <w:rsid w:val="42CAF836"/>
     <w:rsid w:val="434117B0"/>
     <w:rsid w:val="43D9D743"/>
     <w:rsid w:val="47F88FBA"/>
     <w:rsid w:val="4843AAC9"/>
+    <w:rsid w:val="4B70EAF2"/>
     <w:rsid w:val="4D352B9A"/>
     <w:rsid w:val="4E1B38A3"/>
     <w:rsid w:val="4E2C89E9"/>
     <w:rsid w:val="4E692096"/>
     <w:rsid w:val="5107CF16"/>
     <w:rsid w:val="51669D57"/>
     <w:rsid w:val="52BCC54C"/>
     <w:rsid w:val="579BA997"/>
     <w:rsid w:val="57CCDA1E"/>
     <w:rsid w:val="59376B9C"/>
     <w:rsid w:val="59896BF5"/>
     <w:rsid w:val="5B0624D6"/>
     <w:rsid w:val="5C4CEA08"/>
     <w:rsid w:val="5CBEBEF2"/>
     <w:rsid w:val="5D4CC08A"/>
     <w:rsid w:val="5F3B1DBE"/>
     <w:rsid w:val="5F9393D7"/>
     <w:rsid w:val="62757D04"/>
+    <w:rsid w:val="6282B23A"/>
     <w:rsid w:val="633329E9"/>
     <w:rsid w:val="65A9232E"/>
     <w:rsid w:val="65E180FC"/>
     <w:rsid w:val="68FDCD8C"/>
     <w:rsid w:val="6B84BFE9"/>
+    <w:rsid w:val="6C0F320D"/>
     <w:rsid w:val="6C7B16B9"/>
     <w:rsid w:val="6D422384"/>
     <w:rsid w:val="6DD7F13A"/>
     <w:rsid w:val="6FD12283"/>
     <w:rsid w:val="702C9CA1"/>
     <w:rsid w:val="711AC0AD"/>
     <w:rsid w:val="72E39B66"/>
     <w:rsid w:val="743F6B72"/>
     <w:rsid w:val="75E5A257"/>
     <w:rsid w:val="777D1D60"/>
     <w:rsid w:val="77BD32D4"/>
     <w:rsid w:val="79D8E013"/>
     <w:rsid w:val="7A0BDF2F"/>
     <w:rsid w:val="7CB2E13F"/>
     <w:rsid w:val="7D224B9A"/>
     <w:rsid w:val="7EE7AAF5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -8101,50 +8374,50 @@
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB1095D6-66DD-4910-B437-BBAB2AE911C9}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>FoE%20Word%20template%202024.dotx</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Maya Metheven</dc:creator>
   <keywords/>
   <dc:description/>
   <lastModifiedBy>Maya Metheven</lastModifiedBy>
-  <revision>5</revision>
+  <revision>7</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D72FE172B54E5A4ABCAC992392782E84</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>c2c1da78-89c8-4ef3-bd4c-3ece385c40e1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="FOEDocumentType">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="FOEStrategyKeywords">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>